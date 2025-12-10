--- v0 (2025-10-23)
+++ v1 (2025-12-10)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R78658e565c9c4fe5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rb65904795ec04899" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Tarifas 80" sheetId="1" r:id="R2c141ff54b7340d0"/>
+    <sheet name="Tarifas 80" sheetId="1" r:id="R3f3b58c292554201"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="22">
   <si>
     <t>SISTEMA DE TRANSPORTES RODOVIÁRIO INTERMUNICIPAL DE PASSAGEIROS</t>
   </si>
   <si>
     <t>AGÊNCIA ESTADUAL DE REGULAÇÃO DE SERVIÇOS PÚBLICOS DE MATO GROSSO DO SUL - AGEPAN</t>
   </si>
   <si>
     <t>TABELA DE TARIFAS</t>
   </si>
   <si>
     <t>Empresa:</t>
   </si>
   <si>
     <t>VIAÇÃO CRUZEIRO DO SUL LTDA</t>
   </si>
   <si>
     <t>Ligação:</t>
   </si>
   <si>
@@ -69,51 +69,51 @@
   <si>
     <t>1 - NIOAQUE</t>
   </si>
   <si>
     <t>2 - INICIO DA SERRA</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>3 - ENT MS 166 / MS 460</t>
   </si>
   <si>
     <t>4 - DESTILARIA MR</t>
   </si>
   <si>
     <t>5 - FAZ AURORA</t>
   </si>
   <si>
     <t>6 - MARACAJU</t>
   </si>
   <si>
     <t>Ligação: 80 - NIOAQUE - MARACAJU</t>
   </si>
   <si>
-    <t>Data e hora da impressão: 23/10/2025 às 16:50:05</t>
+    <t>Data e hora da impressão: 09/12/2025 às 23:48:30</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#.00"/>
   </numFmts>
   <fonts count="7">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Verdana"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
@@ -202,100 +202,100 @@
     <xf numFmtId="0" fontId="4" xfId="0"/>
     <xf numFmtId="0" fontId="5" xfId="0"/>
     <xf numFmtId="0" fontId="6" borderId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" borderId="3" xfId="0"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="6" borderId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" xfId="0">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R2c141ff54b7340d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R5761e089e0314aeb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R17058d0dea2c4da5" /></Relationships>
-[...2 lines deleted...]
-<file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg" Id="R6f19e4c41ea74a91" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R3f3b58c292554201" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R790d0478f50b4d89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="Re82c728559194819" /></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg" Id="R77a7f25d714145e5" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>381000</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>952500</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="0" descr="" name="Logo da AGEPAN"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="R6f19e4c41ea74a91" cstate="print"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="R77a7f25d714145e5" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="R61d1f802d7bd49ad" /></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="Ra874ad74300741cc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:S18"/>
   <sheetViews>
     <sheetView workbookViewId="0" showGridLines="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="1.5" customWidth="1"/>
     <col min="2" max="2" width="20" customWidth="1"/>
     <col min="3" max="3" width="6" customWidth="1"/>
     <col min="4" max="4" width="6" customWidth="1"/>
     <col min="5" max="5" width="6" customWidth="1"/>
     <col min="6" max="6" width="6" customWidth="1"/>
     <col min="7" max="7" width="6" customWidth="1"/>
     <col min="8" max="8" width="6" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="B1" s="1"/>
@@ -629,28 +629,28 @@
       <c r="L18" s="7"/>
       <c r="M18" s="7"/>
       <c r="N18" s="7"/>
       <c r="O18" s="7"/>
       <c r="P18" s="7"/>
       <c r="Q18" s="7"/>
       <c r="R18" s="7"/>
       <c r="S18" s="14" t="s">
         <v>21</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="B1:B3"/>
     <mergeCell ref="C1:S1"/>
     <mergeCell ref="C2:S2"/>
     <mergeCell ref="C3:S3"/>
     <mergeCell ref="C5:S5"/>
     <mergeCell ref="C6:S6"/>
     <mergeCell ref="C7:S7"/>
     <mergeCell ref="C8:S8"/>
     <mergeCell ref="B18:J18"/>
   </mergeCells>
   <pageSetup orientation="landscape" fitToWidth="1" fitToHeight="0"/>
   <headerFooter/>
-  <drawing r:id="R61d1f802d7bd49ad"/>
+  <drawing r:id="Ra874ad74300741cc"/>
 </worksheet>
 </file>