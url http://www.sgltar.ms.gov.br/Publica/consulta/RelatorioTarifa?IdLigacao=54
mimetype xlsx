--- v1 (2025-12-10)
+++ v2 (2026-02-12)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rb65904795ec04899" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rba3834b1b2644a2e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Tarifas 80" sheetId="1" r:id="R3f3b58c292554201"/>
+    <sheet name="Tarifas 80" sheetId="1" r:id="R82c5eb415922403f"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="22">
   <si>
     <t>SISTEMA DE TRANSPORTES RODOVIÁRIO INTERMUNICIPAL DE PASSAGEIROS</t>
   </si>
   <si>
     <t>AGÊNCIA ESTADUAL DE REGULAÇÃO DE SERVIÇOS PÚBLICOS DE MATO GROSSO DO SUL - AGEPAN</t>
   </si>
   <si>
     <t>TABELA DE TARIFAS</t>
   </si>
   <si>
     <t>Empresa:</t>
   </si>
   <si>
     <t>VIAÇÃO CRUZEIRO DO SUL LTDA</t>
   </si>
   <si>
     <t>Ligação:</t>
   </si>
   <si>
@@ -69,51 +69,51 @@
   <si>
     <t>1 - NIOAQUE</t>
   </si>
   <si>
     <t>2 - INICIO DA SERRA</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>3 - ENT MS 166 / MS 460</t>
   </si>
   <si>
     <t>4 - DESTILARIA MR</t>
   </si>
   <si>
     <t>5 - FAZ AURORA</t>
   </si>
   <si>
     <t>6 - MARACAJU</t>
   </si>
   <si>
     <t>Ligação: 80 - NIOAQUE - MARACAJU</t>
   </si>
   <si>
-    <t>Data e hora da impressão: 09/12/2025 às 23:48:30</t>
+    <t>Data e hora da impressão: 11/02/2026 às 20:04:50</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#.00"/>
   </numFmts>
   <fonts count="7">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Verdana"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
@@ -202,100 +202,100 @@
     <xf numFmtId="0" fontId="4" xfId="0"/>
     <xf numFmtId="0" fontId="5" xfId="0"/>
     <xf numFmtId="0" fontId="6" borderId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" borderId="3" xfId="0"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="6" borderId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" xfId="0">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R3f3b58c292554201" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R790d0478f50b4d89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="Re82c728559194819" /></Relationships>
-[...2 lines deleted...]
-<file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg" Id="R77a7f25d714145e5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R82c5eb415922403f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="Re107b55311924a06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="Raea6735552174bd9" /></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg" Id="Rb1c7d7fd17634933" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>381000</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>952500</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="0" descr="" name="Logo da AGEPAN"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="R77a7f25d714145e5" cstate="print"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="Rb1c7d7fd17634933" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="Ra874ad74300741cc" /></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="R97fe7e8b4d124ec1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:S18"/>
   <sheetViews>
     <sheetView workbookViewId="0" showGridLines="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="1.5" customWidth="1"/>
     <col min="2" max="2" width="20" customWidth="1"/>
     <col min="3" max="3" width="6" customWidth="1"/>
     <col min="4" max="4" width="6" customWidth="1"/>
     <col min="5" max="5" width="6" customWidth="1"/>
     <col min="6" max="6" width="6" customWidth="1"/>
     <col min="7" max="7" width="6" customWidth="1"/>
     <col min="8" max="8" width="6" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="B1" s="1"/>
@@ -629,28 +629,28 @@
       <c r="L18" s="7"/>
       <c r="M18" s="7"/>
       <c r="N18" s="7"/>
       <c r="O18" s="7"/>
       <c r="P18" s="7"/>
       <c r="Q18" s="7"/>
       <c r="R18" s="7"/>
       <c r="S18" s="14" t="s">
         <v>21</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="B1:B3"/>
     <mergeCell ref="C1:S1"/>
     <mergeCell ref="C2:S2"/>
     <mergeCell ref="C3:S3"/>
     <mergeCell ref="C5:S5"/>
     <mergeCell ref="C6:S6"/>
     <mergeCell ref="C7:S7"/>
     <mergeCell ref="C8:S8"/>
     <mergeCell ref="B18:J18"/>
   </mergeCells>
   <pageSetup orientation="landscape" fitToWidth="1" fitToHeight="0"/>
   <headerFooter/>
-  <drawing r:id="Ra874ad74300741cc"/>
+  <drawing r:id="R97fe7e8b4d124ec1"/>
 </worksheet>
 </file>